--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -1,65 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MIC42290\OneDrive - Spectrum Health\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spectrumhealth-my.sharepoint.com/personal/alyssa_allen_priorityhealth_com/Documents/Documents/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BDF4D267-3304-4155-B048-A1245FFC0CA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="20" documentId="13_ncr:1_{BDF4D267-3304-4155-B048-A1245FFC0CA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CF1CFA76-4684-4AAC-BFE7-4ADA82FBB344}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{DF2683C5-9BAA-415B-98A0-56A3EC7D1C8D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DF2683C5-9BAA-415B-98A0-56A3EC7D1C8D}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -136,54 +135,71 @@
   </si>
   <si>
     <t>ACN (if applicable)</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Provider Type</t>
   </si>
   <si>
     <r>
       <t>Date Completed</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFE89965"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
-    <t>Attestation of Completion
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t xml:space="preserve">Attestation of Completion
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t xml:space="preserve">
 Annual Model of Care training is a CMS requirement. By entering the information below, you are attesting to the completion of training by your organization. 
-Please complete the information on this spreadsheet and return it to DSNPtraining@priorityhealth.com no later than December 31, 2025.  
+Please complete the information on this spreadsheet and return it to DSNPtraining@priorityhealth.com no later than December 31, 2026.  
 Important: Submit the file name on the roster as:  Roster_&lt;HealthOrganizationName&gt;_&lt;MMDDYYYY&gt;.xlsx</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Roboto"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Roboto"/>
     </font>
@@ -222,178 +238,232 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF008557"/>
       <color rgb="FFE89965"/>
       <color rgb="FFAA176D"/>
       <color rgb="FF119548"/>
-      <color rgb="FF008557"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
-[...48 lines deleted...]
-  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>66676</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>152402</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>2019300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>486171</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Graphic 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36FAC574-0108-8B99-2C35-9658D9DEED7E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
             <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5457826" y="152402"/>
           <a:ext cx="1952624" cy="333769"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>476250</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>676275</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1676400</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1952625</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="TextBox 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7A94389-2650-F71C-8CA8-88B1B3AD2693}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="476250" y="676275"/>
+          <a:ext cx="6591300" cy="1276350"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="008557"/>
+        </a:solidFill>
+        <a:ln w="9525" cmpd="sng">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="2400" b="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+            </a:rPr>
+            <a:t>Priority</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="2400" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+            </a:rPr>
+            <a:t>Medicare HIDE-SNP &amp; D-SNP Model of Care</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100" baseline="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-US" sz="1600" i="1" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+            </a:rPr>
+            <a:t>PROVIDER TRAINING </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:endParaRPr lang="en-US" sz="1100">
+            <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -659,51 +729,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2D6B6CA-6DB3-4F9A-8F25-A12B503E0A39}">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.5703125" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="25.28515625" customWidth="1"/>
     <col min="4" max="4" width="32.7109375" customWidth="1"/>
     <col min="5" max="6" width="31.85546875" customWidth="1"/>
     <col min="7" max="7" width="28.85546875" customWidth="1"/>
     <col min="8" max="8" width="32.28515625" customWidth="1"/>
     <col min="9" max="9" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="1" customFormat="1" ht="176.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="E1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
     </row>
     <row r="2" spans="1:9" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>0</v>
       </c>
@@ -753,50 +823,59 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="5ec6c04b-20c5-420d-957c-c72c1c283782">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <MediaLengthInSeconds xmlns="e50ae585-8572-4de8-8cff-be60f7c635ce" xsi:nil="true"/>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <TaxCatchAll xmlns="5ec6c04b-20c5-420d-957c-c72c1c283782" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e50ae585-8572-4de8-8cff-be60f7c635ce">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C0BCC0673A03A41BFE83C8D451289F9" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bd48ee8f0352c49b1b582d0075dddc6f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e50ae585-8572-4de8-8cff-be60f7c635ce" xmlns:ns3="5ec6c04b-20c5-420d-957c-c72c1c283782" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08337d9bf695b5a7d6b5c5fceebcfec6" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="e50ae585-8572-4de8-8cff-be60f7c635ce"/>
     <xsd:import namespace="5ec6c04b-20c5-420d-957c-c72c1c283782"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:IconOverlay" minOccurs="0"/>
@@ -1012,95 +1091,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A485140E-FC67-4D63-A5C4-9340EA3D36E1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5ec6c04b-20c5-420d-957c-c72c1c283782"/>
     <ds:schemaRef ds:uri="e50ae585-8572-4de8-8cff-be60f7c635ce"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A596385-3F71-409E-95ED-EE1739F774FA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5AE89084-FE6C-471A-855C-5B18510990F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e50ae585-8572-4de8-8cff-be60f7c635ce"/>
     <ds:schemaRef ds:uri="5ec6c04b-20c5-420d-957c-c72c1c283782"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>